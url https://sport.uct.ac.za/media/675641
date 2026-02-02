--- v0 (2025-12-05)
+++ v1 (2026-02-02)
@@ -1,95 +1,81 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="14471255" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
-[...14 lines deleted...]
-    <w:p w14:paraId="059711F6" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="059711F6" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1535"/>
           <w:tab w:val="left" w:pos="8500"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="231"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:position w:val="8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-ZA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7330AF21" wp14:editId="2DBB8079">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7330AF21" wp14:editId="68C35A4A">
             <wp:extent cx="495300" cy="504825"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="2" name="Picture 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
@@ -123,280 +109,297 @@
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="8"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:position w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-ZA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D3C62A0" wp14:editId="60A03E3C">
-[...1 lines deleted...]
-                <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D3C62A0" wp14:editId="2B527E88">
+                <wp:extent cx="4402667" cy="279400"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="12700"/>
                 <wp:docPr id="10" name="Text Box 10"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4257675" cy="390525"/>
+                          <a:ext cx="4402667" cy="279400"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="73673737" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="002E2F64" w:rsidP="00A63151">
+                          <w:p w14:paraId="73673737" w14:textId="7A6E04EF" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="002E2F64" w:rsidP="00A63151">
                             <w:pPr>
                               <w:pStyle w:val="BodyText"/>
                               <w:kinsoku w:val="0"/>
                               <w:overflowPunct w:val="0"/>
                               <w:spacing w:before="64"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidR="0058026C" w:rsidRPr="00A63151">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t xml:space="preserve">UCT SPORT AND RECREATION </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00A63151">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>CONSENT AND</w:t>
                             </w:r>
+                            <w:r w:rsidR="00905046">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
                             <w:r w:rsidR="0058026C" w:rsidRPr="00A63151">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="28"/>
                                 <w:szCs w:val="28"/>
                               </w:rPr>
                               <w:t>INDEMNITY</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:shapetype w14:anchorId="0D3C62A0" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:335.25pt;height:30.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4S61kIgIAACQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJl7Qz4hRdug4D&#10;ugvQ7gMUWbaFSaJGKbGzrx8lJ2mwvQ3zg0BL5OHhIbm6Haxhe4VBg6v4bDLlTDkJtXZtxb8/P7y5&#10;4SxE4WphwKmKH1Tgt+vXr1a9L9UcOjC1QkYgLpS9r3gXoy+LIshOWREm4JWjxwbQiki/2BY1ip7Q&#10;rSnm0+my6AFrjyBVCHR7Pz7ydcZvGiXj16YJKjJTceIW84n53KazWK9E2aLwnZZHGuIfWFihHSU9&#10;Q92LKNgO9V9QVkuEAE2cSLAFNI2WKtdA1cymf1Tz1Amvci0kTvBnmcL/g5Vf9t+Q6Zp6R/I4YalH&#10;z2qI7D0MjK5In96HktyePDnGge7JN9ca/CPIH4E52HTCteoOEfpOiZr4zVJkcRE64oQEsu0/Q015&#10;xC5CBhoatEk8koMROhE5nHuTuEi6fDtfXC+vF5xJert6N13MFzmFKE/RHkP8qMCyZFQcqfcZXewf&#10;Q0xsRHlySckcPGhjcv+NY33Fl1cLyiytJzGCa8cSweg6+aWIgO12Y5DtRRqm/B0phEs3qyONtNG2&#10;4jdnJ1EmYT64OieMQpvRJlLGHZVK4owyxWE7kGOSbwv1gTRDGEeXVo2MDvAXZz2NLVH9uROoODOf&#10;HOmeZvxk4MnYngzhJIVWPHI2mps47sLOo247Qh476+COetPoLNsLiyNPGsWs5nFt0qxf/mevl+Ve&#10;/wYAAP//AwBQSwMEFAAGAAgAAAAhAPUW0WbdAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FP&#10;wkAQhe8m/ofNkHiTLQrVlG5JMaAXLyCYcNt2h7axO1u7C9R/7+hFL5M3eZP3vkkXg23FGXvfOFIw&#10;GUcgkEpnGqoU7N7Wt48gfNBkdOsIFXyhh0V2fZXqxLgLbfC8DZXgEPKJVlCH0CVS+rJGq/3YdUjs&#10;HV1vdeC1r6Tp9YXDbSvvoiiWVjfEDbXu8KnG8mN7sgo2xXKdH8r988vndJXH09Xw/nq/VOpmNORz&#10;EAGH8HcMP/iMDhkzFe5ExotWAT8Sfid78UM0A1GwmMxAZqn8D599AwAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhADhLrWQiAgAAJAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAPUW0WbdAAAABAEAAA8AAAAAAAAAAAAAAAAAfAQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" filled="f" strokeweight=".5pt">
+              <v:shape id="Text Box 10" o:spid="_x0000_s1026" type="#_x0000_t202" style="width:346.65pt;height:22pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDXde0EEQIAAP0DAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjJsrQz4hRdug4D&#13;&#10;ugvQ7QMUWbaFSaJGKbGzrx8lJ2mxvQ3zg0CZ5CF5eLS+Ga1hB4VBg6v5fFZyppyERruu5t+/3b+6&#13;&#10;5ixE4RphwKmaH1XgN5uXL9aDr9QCejCNQkYgLlSDr3kfo6+KIsheWRFm4JUjZwtoRaQrdkWDYiB0&#13;&#10;a4pFWa6KAbDxCFKFQH/vJiffZPy2VTJ+adugIjM1p95iPjGfu3QWm7WoOhS+1/LUhviHLqzQjope&#13;&#10;oO5EFGyP+i8oqyVCgDbOJNgC2lZLlWegaeblH9M89sKrPAuRE/yFpvD/YOXnw6P/iiyO72CkBeYh&#13;&#10;gn8A+SMwB9teuE7dIsLQK9FQ4XmirBh8qE6piepQhQSyGz5BQ0sW+wgZaGzRJlZoTkbotIDjhXQ1&#13;&#10;Ribp53JZLlarK84k+RZXb5dl3kohqnO2xxA/KLAsGTVHWmpGF4eHEFM3ojqHpGIO7rUxebHGsaHm&#13;&#10;q9dvqLK0vql5cN00IhjdpLiUEbDbbQ2yg0gqyV+ekjzPw6yOpFWjbc2vL0GiSsS8d00uGIU2k01N&#13;&#10;GXdiKpEz0RTH3UiBibEdNEfiDGHSJL0hMnrAX5wNpEdq9edeoOLMfHTEexLv2cCzsTsbwklKrXnk&#13;&#10;bDK3cRL53qPuekKeNuvglnbT6kzbUxenPkljmc3Te0gifn7PUU+vdvMbAAD//wMAUEsDBBQABgAI&#13;&#10;AAAAIQD6FcKe4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUjcqAOJIkjj&#13;&#10;VCm0cOHS0iJxc+IliYjXIXbb8PcsXOAy0mo0s/PyxWR7ccTRd44UXM8iEEi1Mx01CnYv66tbED5o&#13;&#10;Mrp3hAq+0MOiOD/LdWbciTZ43IZGcAn5TCtoQxgyKX3dotV+5gYk9t7daHXgc2ykGfWJy20vb6Io&#13;&#10;lVZ3xB9aPeB9i/XH9mAVbKrlunyr949Pn8mqTJPV9PocL5W6vJge5izlHETAKfwl4IeB90PBwyp3&#13;&#10;IONFr4Bpwq+yl97FMYhKQZJEIItc/icovgEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#13;&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#13;&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDX&#13;&#10;de0EEQIAAP0DAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQD6FcKe4AAAAAkBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#13;&#10;BADzAAAAeAUAAAAA&#13;&#10;" filled="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
-                    <w:p w14:paraId="73673737" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="002E2F64" w:rsidP="00A63151">
+                    <w:p w14:paraId="73673737" w14:textId="7A6E04EF" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="002E2F64" w:rsidP="00A63151">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:kinsoku w:val="0"/>
                         <w:overflowPunct w:val="0"/>
                         <w:spacing w:before="64"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidR="0058026C" w:rsidRPr="00A63151">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t xml:space="preserve">UCT SPORT AND RECREATION </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00A63151">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>CONSENT AND</w:t>
                       </w:r>
+                      <w:r w:rsidR="00905046">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
                       <w:r w:rsidR="0058026C" w:rsidRPr="00A63151">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="28"/>
                           <w:szCs w:val="28"/>
                         </w:rPr>
                         <w:t>INDEMNITY</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:anchorlock/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="15"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-ZA"/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E8060C8" wp14:editId="1E0DC275">
-[...1 lines deleted...]
-            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E8060C8" wp14:editId="513465F2">
+            <wp:extent cx="654050" cy="654050"/>
+            <wp:effectExtent l="0" t="0" r="6350" b="6350"/>
             <wp:docPr id="1" name="Picture 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPr id="1" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="552450" cy="561975"/>
+                      <a:ext cx="654050" cy="654050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F98BDFF" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="29" w:lineRule="exact"/>
         <w:ind w:left="117"/>
@@ -521,69 +524,51 @@
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w14:paraId="71BD98E1" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="158" w:after="0"/>
         <w:ind w:left="160" w:right="154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">The risk of injury is inherent during practice and competing in most forms of sport. The safety of each of our athletes are of utmost importance. Please acknowledge that certain sports </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> prior critical capabilities, as identified by each individual UCT Sports Club before an athlete can practice or compete in it.; for example: all </w:t>
+        <w:t xml:space="preserve">The risk of injury is inherent during practice and competing in most forms of sport. The safety of each of our athletes are of utmost importance. Please acknowledge that certain sports needs prior critical capabilities, as identified by each individual UCT Sports Club before an athlete can practice or compete in it.; for example: all </w:t>
       </w:r>
       <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>water sports</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>; rock climbing; etc.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="119EE741" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
@@ -596,74 +581,50 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">A duly signed </w:t>
       </w:r>
       <w:r w:rsidR="002E2F64" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">consent and </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>indemnity form by each athlete will be required prior to taking part in practices and competing in any form of sport and associated activities.</w:t>
-      </w:r>
-[...22 lines deleted...]
-        <w:t xml:space="preserve">CONSENT AND INDEMNITY </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44ADC2A6" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="29" w:lineRule="exact"/>
         <w:ind w:left="117"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="-1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:position w:val="-1"/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
@@ -752,108 +713,123 @@
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="33EFC189" id="Group 6" o:spid="_x0000_s1026" style="width:472.45pt;height:1.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="9449,29" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD47HY0XQMAANwHAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v2zgM/n7A/QdBHwektlM3jY26w5CX&#10;4oDtNmDdD1Bs+QVnSz5JidMb9t+PpO3USVFs6PLBoU2KfPiQIu/eH5uaHaSxlVYJD658zqRKdVap&#10;IuHfHrezJWfWCZWJWiuZ8Cdp+fv7P/+469pYznWp60waBk6Ujbs24aVzbex5Ni1lI+yVbqUCZa5N&#10;Ixy8msLLjOjAe1N7c99feJ02WWt0Kq2Fr+teye/Jf57L1H3OcysdqxMO2Bw9DT13+PTu70RcGNGW&#10;VTrAEG9A0YhKQdCTq7Vwgu1N9cJVU6VGW527q1Q3ns7zKpWUA2QT+BfZPBi9bymXIu6K9kQTUHvB&#10;05vdpn8fvhhWZQlfcKZEAyWiqGyB1HRtEYPFg2m/tl9Mnx+IH3X6jwW1d6nH96I3Zrvuk87Andg7&#10;TdQcc9OgC0iaHakCT6cKyKNjKXxc+L4fBDecpaALliGIVKG0hDK+OJWWm+FcFIZRf2ge4QlPxH04&#10;gjhAwnygy+wzkfb3iPxailZSfSzSNBB5OxK5NVJi545cktFIpJ2yONEgRAtk/5S/IOQMSQp7hkYG&#10;o3AOfY70wf+UCRGne+sepKYiiMNH64jaIgOJSpsNDfAIDvKmhnvwzmM+6xj5HIxHm+DMpmR9NLgA&#10;Jy/ziUUUBtErjq4nZj4bHUEBT8BEOWJNj2oACxITOGN86q1WW+wORA6ZPwZD5mCFmb1iDADR+Hpq&#10;DHGfgxgYH5eDw3AGg2PXk94Kh9gwBoqsS3jPf0n04/dGH+SjJgt30cAQ61lbq6kV8kXoxhr2ajiB&#10;cai/T7ER8qSySm+ruqZq1QoRBcv5ckksWV1XGWoRjjXFblUbdhA4Guk3EHFmBiNIZeStlCLbDLIT&#10;Vd3LEL0mkqEBByqwFWn2fY/8aLPcLMNZOF9sZqG/Xs8+bFfhbLENbm/W1+vVah38QGhBGJdVlkmF&#10;6MY5HIS/dj2HjdBP0NMkPsviLNkt/V4m653DIJYhl/GfsoN50t/PfpjsdPYEd9XofrHAIgSh1OY/&#10;zjpYKgm3/+6FkZzVfykYNlEQhriF6CW8ucWraqaa3VQjVAquEu44tDqKK9dvrn1rqqKESAGVVekP&#10;MGPzCu8z4etRDS8w70iiFUK5DOsOd9T0nayel/L9/wAAAP//AwBQSwMEFAAGAAgAAAAhALWQOLLc&#10;AAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FrwkAQhe+F/odlCr3VTayVJs1GRNqepKAWSm9j&#10;dkyC2dmQXZP47117qZeBx3u89022GE0jeupcbVlBPIlAEBdW11wq+N59PL2CcB5ZY2OZFJzJwSK/&#10;v8sw1XbgDfVbX4pQwi5FBZX3bSqlKyoy6Ca2JQ7ewXYGfZBdKXWHQyg3jZxG0VwarDksVNjSqqLi&#10;uD0ZBZ8DDsvn+L1fHw+r8+/u5etnHZNSjw/j8g2Ep9H/h+GKH9AhD0x7e2LtRKMgPOL/bvCS2SwB&#10;sVcwTUDmmbxlzy8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAA&#10;AAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA+Ox2NF0DAADcBwAADgAA&#10;AAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtZA4stwAAAADAQAA&#10;DwAAAAAAAAAAAAAAAAC3BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAMAGAAAAAA==&#10;">
                 <v:shape id="Freeform 6" o:spid="_x0000_s1027" style="position:absolute;left:14;top:14;width:9420;height:20;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="9420,20" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAvzlFswwAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96aYe1KauEiqCFEWS9uDxkX1NQrNvQ3Zjor/eFQSPw8x8wyzXg6nFmVpXWVbwPolA&#10;EOdWV1wo+P3ZjhcgnEfWWFsmBRdysF69jJYYa9tzSufMFyJA2MWooPS+iaV0eUkG3cQ2xMH7s61B&#10;H2RbSN1iH+CmltMomkmDFYeFEhv6Kin/zzqjQGanzb7pvrvr4SM97ujUmyRNlHp7HZJPEJ4G/ww/&#10;2jutYA73K+EGyNUNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAAAAAA&#10;AAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAACwAA&#10;AAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAL85RbMMAAADaAAAADwAA&#10;AAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPcCAAAAAA==&#10;" path="m,l9419,e" filled="f" strokeweight="1.44pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;9419,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="591145AD" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00A63151">
+    <w:p w14:paraId="591145AD" w14:textId="10EF94AB" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00A63151">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="179" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>……………………………………………………………………………………………………………</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A63151">
+        <w:t>………………………………………………………………………………………………………</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1124D">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A63151" w:rsidRPr="00A63151" w:rsidDel="00A63151">
+      <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
+        <w:t>……</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A63151" w:rsidRPr="00A63151" w:rsidDel="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>(Full names and surname)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06AAE2DB" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="06AAE2DB" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="175" w:after="0" w:line="240" w:lineRule="auto"/>
-        <w:ind w:left="160"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>………………………………………………………………………………………………………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="64CD9956" w14:textId="77777777" w:rsidR="00765BCE" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="002B0CA0">
       <w:pPr>
         <w:spacing w:line="214" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
@@ -1001,287 +977,267 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> fully understand and accept that participation in al</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>l such activities will be at my</w:t>
       </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> own risk.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78338F5D" w14:textId="77777777" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="00765BCE" w:rsidP="002B0CA0">
+    <w:p w14:paraId="78338F5D" w14:textId="4770361D" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="00765BCE" w:rsidP="002B0CA0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:line="214" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> hereby authorise the University of Cape Town and its e</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">mployees or agents to act on </w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">my </w:t>
+        <w:t>mployees or agents to act on my</w:t>
       </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> behalf</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t xml:space="preserve"> behalf in respect of any circumstances pertaining to any accident or illness arising from, during, or in connection with such activities in the manner that the University of Cape Town</w:t>
+      </w:r>
+      <w:r w:rsidR="00677791" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> in respect of any circumstances pertaining to any accident or illness arising from, during, or in connection with such activities in the manner that the University of Cape Town</w:t>
-[...8 lines deleted...]
-        <w:t>,</w:t>
+        <w:t xml:space="preserve"> its employees, and agents in its ab</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>solute discretion deems fit. I</w:t>
       </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">  its employees, and agents in its ab</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve"> fully accept full liability for all expenses incurred thereby or in connection therewith.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0FD400" w14:textId="77777777" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="00765BCE" w:rsidP="002B0CA0">
+    <w:p w14:paraId="6D0FD400" w14:textId="0F57452A" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="00765BCE" w:rsidP="002B0CA0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="-1440"/>
         </w:tabs>
         <w:spacing w:line="214" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>3.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">On behalf of myself, my heirs, and </w:t>
       </w:r>
       <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">executors, </w:t>
       </w:r>
+      <w:r w:rsidR="00905046" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>I hereby</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> indemnify, absolve and hold harmless the University of Cape Town, its officers, its employees, </w:t>
+      </w:r>
+      <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>agents, and</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> any person(s) acting on its behalf, against any </w:t>
+      </w:r>
+      <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>loss, damage</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or injury whatsoever that may arise </w:t>
+      </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
-[...16 lines deleted...]
-      </w:r>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> hereby</w:t>
+        <w:t>in the course of</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> indemnify, absolve and hold harmless the University of Cape Town , its officers, its employees, </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> or injury whatsoever that may arise in the course of or in connection with such activities.</w:t>
+        <w:t xml:space="preserve"> or in connection with such activities.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1344EF86" w14:textId="77777777" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="002B0CA0" w:rsidP="00A63151">
+    <w:p w14:paraId="75EC22E2" w14:textId="77777777" w:rsidR="001D2F52" w:rsidRDefault="002B0CA0" w:rsidP="00A63151">
       <w:pPr>
         <w:spacing w:line="214" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>4.</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -1322,173 +1278,242 @@
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00765BCE" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">bodily injury attributable to </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">gross negligence.             </w:t>
+        <w:t>gross negligence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56A5B455" w14:textId="77777777" w:rsidR="00297497" w:rsidRPr="00A63151" w:rsidRDefault="00297497" w:rsidP="0058026C">
+    <w:p w14:paraId="1344EF86" w14:textId="7A2927A1" w:rsidR="002B0CA0" w:rsidRPr="00A63151" w:rsidRDefault="001D2F52" w:rsidP="00A63151">
+      <w:pPr>
+        <w:spacing w:line="214" w:lineRule="auto"/>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>5.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00272B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>I hereby grant the University of Cape Town</w:t>
+      </w:r>
+      <w:ins w:id="0" w:author="Likhaya Ntlokonkulu" w:date="2026-01-14T15:17:00Z" w16du:dateUtc="2026-01-14T13:17:00Z">
+        <w:r w:rsidR="00C95334">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:sz w:val="20"/>
+            <w:szCs w:val="20"/>
+            <w:lang w:val="en-GB"/>
+          </w:rPr>
+          <w:t xml:space="preserve"> </w:t>
+        </w:r>
+      </w:ins>
+      <w:r w:rsidRPr="00272B79">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>and UCT Sport the irrevocable right and permission to capture, use, reproduce, publish and distribute any photographs, images or recordings of me, in any format and across any media platforms (including commercial, promotional and social media purposes), without compensation.</w:t>
+      </w:r>
+      <w:r w:rsidR="002B0CA0" w:rsidRPr="00A63151">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56A5B455" w14:textId="77777777" w:rsidR="00297497" w:rsidRPr="00A63151" w:rsidRDefault="00297497" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="178" w:after="0"/>
+        <w:spacing w:before="178" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="160" w:right="154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Without detracting from the aforesaid:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E03F3C0" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="2E03F3C0" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="178" w:after="0"/>
+        <w:spacing w:before="178" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="160" w:right="154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I understand that the University do</w:t>
       </w:r>
       <w:r w:rsidR="00E814D5" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> not take out insurance </w:t>
       </w:r>
       <w:r w:rsidR="00297497" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>this purpose on my behalf or my benefit.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68AAE28A" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="68AAE28A" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="881"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="159" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Medical</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EC1C782" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="7EC1C782" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="164" w:after="0" w:line="250" w:lineRule="exact"/>
+        <w:spacing w:before="164" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="880" w:right="245"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I have read the attached document regarding the UCT</w:t>
       </w:r>
       <w:r w:rsidR="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00677791" w:rsidRPr="00A63151">
         <w:rPr>
@@ -1501,205 +1526,187 @@
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>. I note there is very limited</w:t>
       </w:r>
       <w:r w:rsidR="00677791" w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> benefits,</w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> available to me and any shortfall for whatsoever reason or nature will be covered by me.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B0FBE56" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="6B0FBE56" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="158" w:after="0"/>
+        <w:spacing w:before="158" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="880" w:right="265"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>I grant permission for medical treatment to be administered, and accept responsibility for such costs, which will be payable on request.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5605C9AD" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="5605C9AD" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="881"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="158" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Transport</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3716C2FF" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
+    <w:p w14:paraId="3716C2FF" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="00272B79">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:before="160" w:after="0" w:line="237" w:lineRule="auto"/>
+        <w:spacing w:before="160" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="880" w:right="154"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">I will not hold University or any employee of the University responsible and/or liable for any cost; damages and losses associated with when traveling to any location and also when traveling in vehicles which does not belong to the University and/or are not driven by </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> staff.</w:t>
+        <w:t>I will not hold University or any employee of the University responsible and/or liable for any cost; damages and losses associated with when traveling to any location and also when traveling in vehicles which does not belong to the University and/or are not driven by University staff.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F437F9C" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:before="8" w:after="1" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5B836EBE" w14:textId="77777777" w:rsidR="0058026C" w:rsidRPr="00A63151" w:rsidRDefault="0058026C" w:rsidP="0058026C">
       <w:pPr>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1535"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="en-ZA"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D8A039A" wp14:editId="02B8D150">
-[...1 lines deleted...]
-                <wp:effectExtent l="9525" t="9525" r="9525" b="9525"/>
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0D8A039A" wp14:editId="0FFAEE7F">
+                <wp:extent cx="4402455" cy="342900"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="12700"/>
                 <wp:docPr id="5" name="Text Box 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="4257675" cy="390525"/>
+                          <a:ext cx="4402455" cy="342900"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:noFill/>
                         <a:ln w="6350" cmpd="sng">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                         <a:extLst>
                           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                               <a:solidFill>
                                 <a:srgbClr val="FFFFFF"/>
                               </a:solidFill>
                             </a14:hiddenFill>
                           </a:ext>
                         </a:extLst>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
@@ -1718,51 +1725,51 @@
                               </w:rPr>
                             </w:pPr>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="32"/>
                                 <w:szCs w:val="32"/>
                               </w:rPr>
                               <w:t>UCT SPORT AND RECREATION INDEMNITY</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" anchor="t" anchorCtr="0" upright="1">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape w14:anchorId="0D8A039A" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:335.25pt;height:30.75pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA2qR/1JQIAACkEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJl7Qz4hRdug4D&#10;ugvQ7gMUWbaFSaJGKbGzrx8lJ2mwvQ3zg0BL5OHhIbm6Haxhe4VBg6v4bDLlTDkJtXZtxb8/P7y5&#10;4SxE4WphwKmKH1Tgt+vXr1a9L9UcOjC1QkYgLpS9r3gXoy+LIshOWREm4JWjxwbQiki/2BY1ip7Q&#10;rSnm0+my6AFrjyBVCHR7Pz7ydcZvGiXj16YJKjJTceIW84n53KazWK9E2aLwnZZHGuIfWFihHSU9&#10;Q92LKNgO9V9QVkuEAE2cSLAFNI2WKtdA1cymf1Tz1Amvci0kTvBnmcL/g5Vf9t+Q6briC86csNSi&#10;ZzVE9h4Gtkjq9D6U5PTkyS0OdE1dzpUG/wjyR2AONp1wrbpDhL5ToiZ2sxRZXISOOCGBbPvPUFMa&#10;sYuQgYYGbZKOxGCETl06nDuTqEi6fDtfXC+viaKkt6t308U8kytEeYr2GOJHBZYlo+JInc/oYv8Y&#10;YmIjypNLSubgQRuTu28c6yu+vFpQZmk9SRFcO5YIRtfJL0UEbLcbg2wv0ijlL1dJL5duVkcaaKNt&#10;xW/OTqJMwnxwdU4YhTajTaSMOyqVxBllisN2yC3JMiYVt1AfSDqEcX5p38joAH9x1tPsEuOfO4GK&#10;M/PJkfxp0E8GnoztyRBOUmjFI2ejuYnjQuw86rYj5LHBDu6oRY3O6r2wONKlecyiHncnDfzlf/Z6&#10;2fD1bwAAAP//AwBQSwMEFAAGAAgAAAAhAPUW0WbdAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxM&#10;j0FPwkAQhe8m/ofNkHiTLQrVlG5JMaAXLyCYcNt2h7axO1u7C9R/7+hFL5M3eZP3vkkXg23FGXvf&#10;OFIwGUcgkEpnGqoU7N7Wt48gfNBkdOsIFXyhh0V2fZXqxLgLbfC8DZXgEPKJVlCH0CVS+rJGq/3Y&#10;dUjsHV1vdeC1r6Tp9YXDbSvvoiiWVjfEDbXu8KnG8mN7sgo2xXKdH8r988vndJXH09Xw/nq/VOpm&#10;NORzEAGH8HcMP/iMDhkzFe5ExotWAT8Sfid78UM0A1GwmMxAZqn8D599AwAA//8DAFBLAQItABQA&#10;BgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1s&#10;UEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxz&#10;UEsBAi0AFAAGAAgAAAAhADapH/UlAgAAKQQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2Mu&#10;eG1sUEsBAi0AFAAGAAgAAAAhAPUW0WbdAAAABAEAAA8AAAAAAAAAAAAAAAAAfwQAAGRycy9kb3du&#10;cmV2LnhtbFBLBQYAAAAABAAEAPMAAACJBQAAAAA=&#10;" filled="f" strokeweight=".5pt">
+              <v:shape w14:anchorId="0D8A039A" id="Text Box 5" o:spid="_x0000_s1027" type="#_x0000_t202" style="width:346.65pt;height:27pt;visibility:visible;mso-wrap-style:square;mso-left-percent:-10001;mso-top-percent:-10001;mso-position-horizontal:absolute;mso-position-horizontal-relative:char;mso-position-vertical:absolute;mso-position-vertical-relative:line;mso-left-percent:-10001;mso-top-percent:-10001;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#13;&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#13;&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#13;&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#13;&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#13;&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#13;&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#13;&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#13;&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#13;&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#13;&#10;IQDLJOXxFAIAAAQEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhJk6Iz4hRdug4D&#13;&#10;ugvQ7QNkWbaFSaJGKbGzrx8lJ2mxvQ3zg0CZ5OHhIbW5Ha1hB4VBg6v4YjbnTDkJjXZdxb9/e3hz&#13;&#10;w1mIwjXCgFMVP6rAb7evX20GX6ol9GAahYxAXCgHX/E+Rl8WRZC9siLMwCtHzhbQikhX7IoGxUDo&#13;&#10;1hTL+fy6GAAbjyBVCPT3fnLybcZvWyXjl7YNKjJTceIW84n5rNNZbDei7FD4XssTDfEPLKzQjope&#13;&#10;oO5FFGyP+i8oqyVCgDbOJNgC2lZLlXugbhbzP7p56oVXuRcSJ/iLTOH/wcrPhyf/FVkc38FIA8xN&#13;&#10;BP8I8kdgDna9cJ26Q4ShV6KhwoskWTH4UJ5Sk9ShDAmkHj5BQ0MW+wgZaGzRJlWoT0boNIDjRXQ1&#13;&#10;Ribp52o1X67Wa84k+a5Wy7fzPJVClOdsjyF+UGBZMiqONNSMLg6PISY2ojyHpGIOHrQxebDGsaHi&#13;&#10;11drqiytbyoeXDe1CEY3KS5lBOzqnUF2EGlL8pe7JM/LMKsj7arRtuI3lyBRJmHeuyYXjEKbySZS&#13;&#10;xp2USuJMMsWxHpkmHlnGJFwNzZGkQ5hWk54SGT3gL84GWkti/HMvUHFmPjqSP+3w2cCzUZ8N4SSl&#13;&#10;VjxyNpm7OO363qPuekKeBuzgjkbU6qzeM4sTXVq1LOrpWaRdfnnPUc+Pd/sbAAD//wMAUEsDBBQA&#13;&#10;BgAIAAAAIQBklhgB4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqAMJ&#13;&#10;EaRxqhRaeuHS8iNxc+IliYjXIXbb8PYsXOAy0mo0s/Pli8n24oCj7xwpuJxFIJBqZzpqFDw/rS9u&#13;&#10;QPigyejeESr4Qg+L4vQk15lxR9riYRcawSXkM62gDWHIpPR1i1b7mRuQ2Ht3o9WBz7GRZtRHLre9&#13;&#10;vIqiVFrdEX9o9YB3LdYfu71VsK2W6/KtfnnYfCarMk1W0+tjvFTq/Gy6n7OUcxABp/CXgB8G3g8F&#13;&#10;D6vcnowXvQKmCb/KXnobxyAqBddJBLLI5X+C4hsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4A&#13;&#10;AADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAA&#13;&#10;IQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAA&#13;&#10;IQDLJOXxFAIAAAQEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAI&#13;&#10;AAAAIQBklhgB4AAAAAkBAAAPAAAAAAAAAAAAAAAAAG4EAABkcnMvZG93bnJldi54bWxQSwUGAAAA&#13;&#10;AAQABADzAAAAewUAAAAA&#13;&#10;" filled="f" strokeweight=".5pt">
                 <v:textbox inset="0,0,0,0">
                   <w:txbxContent>
                     <w:p w14:paraId="7201FD94" w14:textId="77777777" w:rsidR="0058026C" w:rsidRDefault="0058026C" w:rsidP="0058026C">
                       <w:pPr>
                         <w:pStyle w:val="BodyText"/>
                         <w:kinsoku w:val="0"/>
                         <w:overflowPunct w:val="0"/>
                         <w:spacing w:before="64"/>
                         <w:ind w:left="607"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="32"/>
                           <w:szCs w:val="32"/>
                         </w:rPr>
                         <w:t>UCT SPORT AND RECREATION INDEMNITY</w:t>
                       </w:r>
@@ -2010,98 +2017,98 @@
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Witness: </w:t>
       </w:r>
       <w:r w:rsidRPr="00A63151">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>…………………………</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00FA5693" w:rsidRPr="00A63151" w:rsidSect="0058026C">
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="1280" w:bottom="280" w:left="1280" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
-    <w:family w:val="roman"/>
+    <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E10022FF" w:usb1="C000E47F" w:usb2="00000029" w:usb3="00000000" w:csb0="000001DF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000402"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="00000885"/>
     <w:lvl w:ilvl="0">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:cs="Symbol"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:w w:val="100"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -2228,128 +2235,150 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6160" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7920" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="1279609057">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="1228027603">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w15:person w15:author="Likhaya Ntlokonkulu">
+    <w15:presenceInfo w15:providerId="AD" w15:userId="S::01489042@wf.uct.ac.za::57aae825-01a9-414f-99ca-8e3fccb37a3a"/>
+  </w15:person>
+</w15:people>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0058026C"/>
+    <w:rsid w:val="001D2F52"/>
+    <w:rsid w:val="001E6701"/>
+    <w:rsid w:val="00206EF9"/>
+    <w:rsid w:val="00272B79"/>
     <w:rsid w:val="00297497"/>
     <w:rsid w:val="002B0CA0"/>
     <w:rsid w:val="002E2F64"/>
     <w:rsid w:val="0058026C"/>
     <w:rsid w:val="00677791"/>
+    <w:rsid w:val="006C21C5"/>
     <w:rsid w:val="007034F3"/>
     <w:rsid w:val="00743FD2"/>
     <w:rsid w:val="00762FAE"/>
     <w:rsid w:val="00765BCE"/>
     <w:rsid w:val="007B567A"/>
     <w:rsid w:val="008A6517"/>
+    <w:rsid w:val="00905046"/>
     <w:rsid w:val="009F42EE"/>
     <w:rsid w:val="00A63151"/>
     <w:rsid w:val="00A81E35"/>
     <w:rsid w:val="00AA412C"/>
+    <w:rsid w:val="00B9569B"/>
+    <w:rsid w:val="00BC35BA"/>
     <w:rsid w:val="00BF2F55"/>
     <w:rsid w:val="00C0620F"/>
+    <w:rsid w:val="00C063B3"/>
+    <w:rsid w:val="00C95334"/>
     <w:rsid w:val="00E2140F"/>
     <w:rsid w:val="00E814D5"/>
+    <w:rsid w:val="00ED0841"/>
+    <w:rsid w:val="00EE0FCC"/>
+    <w:rsid w:val="00F1124D"/>
     <w:rsid w:val="00F40E83"/>
+    <w:rsid w:val="00FA32D0"/>
     <w:rsid w:val="00FA5693"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-ZA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="25B353D0"/>
   <w15:docId w15:val="{B35A23F7-0D97-4581-AF29-1575DEDEA10F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-ZA" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -2780,62 +2809,72 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="007034F3"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="007034F3"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00EE0FCC"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3057,68 +3096,69 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>432</Words>
-  <Characters>2468</Characters>
+  <Words>499</Words>
+  <Characters>2666</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>20</Lines>
-  <Paragraphs>5</Paragraphs>
+  <Lines>50</Lines>
+  <Paragraphs>20</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>University of Cape Town</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2895</CharactersWithSpaces>
+  <CharactersWithSpaces>3153</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Windows User</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>